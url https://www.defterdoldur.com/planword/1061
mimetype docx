--- v0 (2026-01-30)
+++ v1 (2026-03-16)
@@ -48,51 +48,51 @@
       </w:tblGrid>
       <w:tr w:rsidR="00710B39" w:rsidRPr="00710B39" w:rsidTr="00C60E81">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="16155" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00710B39" w:rsidRPr="00710B39" w:rsidRDefault="00710B39" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002522F1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>2025-2026 EĞİTM-ĞRETİM YILI  .......................................................................... HARTA TAPU KADASTRO ALANI 11. SINIF  İMAR (HARTA)(YEN*) DERS ÜNTELENDİRLMİŞ YILLIK PLANI</w:t>
+              <w:t>2025-2026 EĞİTM-ĞRETİM YILI  .......................................................................... 10. SINIF  ÇOK SESL KORO(YEN*) DERS ÜNTELENDİRLMİŞ YILLIK PLANI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C60E81" w:rsidRPr="00710B39" w:rsidTr="008B55DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="006F7A33" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7A33">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -354,125 +354,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar Planı Uygulamaları</w:t>
+              <w:t>Çok Sesli Koro Müziğine Giriş</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.     İmar planı hazırlık çalışmaları</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar   Kanununa   uygun   olarak   imar   planı   hazırlık çalışmalarını açıklar.</w:t>
+              <w:t>10.1.1.1 Koronun tarihçesini açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      İmar   Kanunu   İmar   Tüzesi   ve   İmar   Yönetmeliği açıklanır.</w:t>
-[...10 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Uluslararası Temiz Hava Günü</w:t>
             </w:r>
           </w:p>
@@ -563,125 +551,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar Planı Uygulamaları</w:t>
+              <w:t>Çok Sesli Koro Müziğine Giriş</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.     İmar planı hazırlık çalışmaları</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar   Kanununa   uygun   olarak   imar   planı   hazırlık çalışmalarını açıklar.</w:t>
+              <w:t>10.1.1.2 İnsan yaşamında koronun önemini açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      İmar   Kanunu   İmar   Tüzesi   ve   İmar   Yönetmeliği açıklanır.</w:t>
-[...10 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>İlköğretim Haftası Mevlid-i Nebî Haftası Öğrenciler Günü Gaziler Günü</w:t>
             </w:r>
           </w:p>
@@ -772,124 +748,114 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar Planı Uygulamaları</w:t>
+              <w:t>Çok Sesli Koro Eğitiminde Ses ve Nefes Eğitimi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.     İmar planı hazırlık çalışmaları</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar   Kanununa   uygun   olarak   imar   planı   hazırlık çalışmalarını açıklar.</w:t>
+              <w:t>10.2.1.1 Ses gruplarını ayırt eder.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      İmar   Kanunu   İmar   Tüzesi   ve   İmar   Yönetmeliği açıklanır.</w:t>
-[...9 lines deleted...]
-              <w:t>      İmar planı hazırlık çalışmaları açıklanır.</w:t>
+              <w:t>Sesin tanımı ve insan sesi grupları üzerinde durulur.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -981,124 +947,116 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar Planı Uygulamaları</w:t>
+              <w:t>Çok Sesli Koro Eğitiminde Ses ve Nefes Eğitimi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.     İmar planı hazırlık çalışmaları</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar   Kanununa   uygun   olarak   imar   planı   hazırlık çalışmalarını açıklar.</w:t>
+              <w:t>10.2.2.1 Diyaframın yapısını açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      İmar   Kanunu   İmar   Tüzesi   ve   İmar   Yönetmeliği açıklanır.</w:t>
+              <w:t>Diyafram nefesini doğru alma ölçüleri açıklanır.</w:t>
               <w:br/>
-              <w:t>      Büyükşehir belediyeleri ve ilçe belediyelerinin görevleri açıklanır.</w:t>
-[...7 lines deleted...]
-              <w:t>      İmar planı hazırlık çalışmaları açıklanır.</w:t>
+              <w:t>Günlük yaşamda farkında olmadan alınan diyafram nefesleri üzerinde durulur.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Disleksi Haftası Dünya Disleksi Günü</w:t>
             </w:r>
@@ -1190,118 +1148,120 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar Planı Uygulamaları</w:t>
+              <w:t>Çok Sesli Koro Eğitiminde Ses ve Nefes Eğitimi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.     Arazi ve arsa düzenlemesi</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar    Kanununa    uygun    olarak    arsa    ve    arazi düzenlemeleri yapar.</w:t>
+              <w:t>10.2.2.2 Ses sağlığının önemini açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Konu ile ilgili terimler açıklanır.</w:t>
+              <w:t>Postür rezonans artikülasyon fonem fonasyon ve entonasyon terimleri açıklanır.</w:t>
               <w:br/>
-              <w:t>      Düzenleme    hazırlık    çalışmalarının    arazi    ve    büro işlemleri açıklanır.</w:t>
+              <w:t>Koroda şarkı söylerken duruşa dikkat etmenin önemi açıklanır.</w:t>
               <w:br/>
-              <w:t>      Düzenleme işlemleri açıklanır.</w:t>
+              <w:t>Ses nefes diyafram ve postür arasındaki bağlantının önemi açıklanır.</w:t>
+              <w:br/>
+              <w:t>Şarkı söylemeden önce ses nefes ve diyafram egzersizleri yapmanın önemi açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Ahilik Kültürü Haftası</w:t>
             </w:r>
@@ -1393,118 +1353,120 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar Planı Uygulamaları</w:t>
+              <w:t>Çok Sesli Koro Eğitiminde Ses ve Nefes Eğitimi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.     Arazi ve arsa düzenlemesi</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar    Kanununa    uygun    olarak    arsa    ve    arazi düzenlemeleri yapar.</w:t>
+              <w:t>10.2.2.2 Ses sağlığının önemini açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Konu ile ilgili terimler açıklanır.</w:t>
+              <w:t>Postür rezonans artikülasyon fonem fonasyon ve entonasyon terimleri açıklanır.</w:t>
               <w:br/>
-              <w:t>      Düzenleme    hazırlık    çalışmalarının    arazi    ve    büro işlemleri açıklanır.</w:t>
+              <w:t>Koroda şarkı söylerken duruşa dikkat etmenin önemi açıklanır.</w:t>
               <w:br/>
-              <w:t>      Düzenleme işlemleri açıklanır.</w:t>
+              <w:t>Ses nefes diyafram ve postür arasındaki bağlantının önemi açıklanır.</w:t>
+              <w:br/>
+              <w:t>Şarkı söylemeden önce ses nefes ve diyafram egzersizleri yapmanın önemi açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -1596,118 +1558,120 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar Planı Uygulamaları</w:t>
+              <w:t>Çok Sesli Koro Eğitiminde Ses ve Nefes Eğitimi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.     Arazi ve arsa düzenlemesi</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar    Kanununa    uygun    olarak    arsa    ve    arazi düzenlemeleri yapar.</w:t>
+              <w:t>10.2.2.2 Ses sağlığının önemini açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Konu ile ilgili terimler açıklanır.</w:t>
+              <w:t>Postür rezonans artikülasyon fonem fonasyon ve entonasyon terimleri açıklanır.</w:t>
               <w:br/>
-              <w:t>      Düzenleme    hazırlık    çalışmalarının    arazi    ve    büro işlemleri açıklanır.</w:t>
+              <w:t>Koroda şarkı söylerken duruşa dikkat etmenin önemi açıklanır.</w:t>
               <w:br/>
-              <w:t>      Düzenleme işlemleri açıklanır.</w:t>
+              <w:t>Ses nefes diyafram ve postür arasındaki bağlantının önemi açıklanır.</w:t>
+              <w:br/>
+              <w:t>Şarkı söylemeden önce ses nefes ve diyafram egzersizleri yapmanın önemi açıklanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
@@ -1799,118 +1763,116 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar Planı Uygulamaları</w:t>
+              <w:t>Dil ve Konuşma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.     Arazi ve arsa düzenlemesi</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar    Kanununa    uygun    olarak    arsa    ve    arazi düzenlemeleri yapar.</w:t>
+              <w:t>10.3.1.1 Toplu olarak ses nefes ve bedensel yumuşama egzersizleri yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Konu ile ilgili terimler açıklanır.</w:t>
+              <w:t>Ses ve nefes egzersizlerinin önemi açıklanır.</w:t>
               <w:br/>
-              <w:t>      Düzenleme    hazırlık    çalışmalarının    arazi    ve    büro işlemleri açıklanır.</w:t>
-[...1 lines deleted...]
-              <w:t>      Düzenleme işlemleri açıklanır.</w:t>
+              <w:t>Kalın vokaller ince vokaller ve konsonanın kullanımı gösterilir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Cumhuriyet Bayramı</w:t>
             </w:r>
@@ -2002,128 +1964,114 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar Planı Uygulamaları</w:t>
+              <w:t>Dil ve Konuşma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.     Yapılara ilişkin çalışmalar</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1. Dönem 1. Sınav İmar     Kanununa     uygun     olarak     yapılara     ilişkin çalışmaları kavrar.</w:t>
+              <w:t>10.3.1.2 Toplu olarak dil ve konuşma egzersizleri yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Konu ile ilgili terimler açıklanır.</w:t>
-[...13 lines deleted...]
-              <w:t>      Cins değişikliği açıklanır.</w:t>
+              <w:t>Kelimelerin tartım kalıplarına uygun söylenmesi vurgulanır.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Kızılay Haftası Organ Bağışı ve Nakli Haftası Lösemili Çocuklar Haftası</w:t>
             </w:r>
@@ -2412,128 +2360,116 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar Planı Uygulamaları</w:t>
+              <w:t>Dil ve Konuşma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.     Yapılara ilişkin çalışmalar</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar     Kanununa     uygun     olarak     yapılara     ilişkin çalışmaları kavrar.</w:t>
+              <w:t>10.3.1.3 Artikülasyon egzersizleri yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Konu ile ilgili terimler açıklanır.</w:t>
+              <w:t>Konuşurken diksiyon ve artikülasyon boğumlama kurallarına dikkat etmenin önemi açıklanır.</w:t>
               <w:br/>
-              <w:t>      İmar yeri tespiti açıklanır.</w:t>
-[...11 lines deleted...]
-              <w:t>      Cins değişikliği açıklanır.</w:t>
+              <w:t>Tekerleme ve şarkı söylerken dil çabukluğuna özen gösterilir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Dünya Felsefe Günü Dünya Çocuk Hakları Günü</w:t>
             </w:r>
@@ -2625,128 +2561,116 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar Planı Uygulamaları</w:t>
+              <w:t>Dil ve Konuşma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.     Yapılara ilişkin çalışmalar</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar     Kanununa     uygun     olarak     yapılara     ilişkin çalışmaları kavrar.</w:t>
+              <w:t>10.3.1.3 Artikülasyon egzersizleri yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Konu ile ilgili terimler açıklanır.</w:t>
+              <w:t>Konuşurken diksiyon ve artikülasyon boğumlama kurallarına dikkat etmenin önemi açıklanır.</w:t>
               <w:br/>
-              <w:t>      İmar yeri tespiti açıklanır.</w:t>
-[...11 lines deleted...]
-              <w:t>      Cins değişikliği açıklanır.</w:t>
+              <w:t>Tekerleme ve şarkı söylerken dil çabukluğuna özen gösterilir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Ağız ve Diş Sağlığı Haftası Öğretmenler Günü</w:t>
             </w:r>
@@ -2838,128 +2762,116 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar Planı Uygulamaları</w:t>
+              <w:t>Dil ve Konuşma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.     Yapılara ilişkin çalışmalar</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar     Kanununa     uygun     olarak     yapılara     ilişkin çalışmaları kavrar.</w:t>
+              <w:t>10.3.1.3 Artikülasyon egzersizleri yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Konu ile ilgili terimler açıklanır.</w:t>
+              <w:t>Konuşurken diksiyon ve artikülasyon boğumlama kurallarına dikkat etmenin önemi açıklanır.</w:t>
               <w:br/>
-              <w:t>      İmar yeri tespiti açıklanır.</w:t>
-[...11 lines deleted...]
-              <w:t>      Cins değişikliği açıklanır.</w:t>
+              <w:t>Tekerleme ve şarkı söylerken dil çabukluğuna özen gösterilir.</w:t>
               <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Dünya Engelliler Günü Dünya Madenciler Günü Türk Kadınına Seçme ve Seçilme Hakkının Verilişi</w:t>
             </w:r>
@@ -3051,119 +2963,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar Planı Uygulamaları</w:t>
+              <w:t>Koro Müziğinde Dönemler I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4.     Teknik uygulama sorumluluğu</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Teknik uygulama sorumluluğu TUS dosyası hazırlar.</w:t>
+              <w:t>10.4.1.1 Orta Çağ müziğinin genel özelliklerini açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Teknik Uygulama Sorumluluğu açıklanır.</w:t>
-[...4 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Mevlana Haftası İnsan Hakları ve Demokrasi Haftası</w:t>
             </w:r>
           </w:p>
@@ -3254,119 +3160,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar Planı Uygulamaları</w:t>
+              <w:t>Koro Müziğinde Dönemler I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4.     Teknik uygulama sorumluluğu</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Teknik uygulama sorumluluğu TUS dosyası hazırlar.</w:t>
+              <w:t>10.4.1.2 Orta Çağ müziğinin terim ve kavramlarını açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Teknik Uygulama Sorumluluğu açıklanır.</w:t>
-[...4 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Tutum Yatırım ve Türk Malları Haftası</w:t>
             </w:r>
           </w:p>
@@ -3457,119 +3357,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar Planı Uygulamaları</w:t>
+              <w:t>Koro Müziğinde Dönemler I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4.     Teknik uygulama sorumluluğu</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Teknik uygulama sorumluluğu TUS dosyası hazırlar.</w:t>
+              <w:t>10.4.1.3 Orta Çağ koro müziği bestecilerini ayırt eder.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Teknik Uygulama Sorumluluğu açıklanır.</w:t>
-[...4 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Mehmet Akif Ersoyu Anma Haftası</w:t>
             </w:r>
           </w:p>
@@ -3660,119 +3554,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar Planı Uygulamaları</w:t>
+              <w:t>Koro Müziğinde Dönemler I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4.     Teknik uygulama sorumluluğu</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Teknik uygulama sorumluluğu TUS dosyası hazırlar.</w:t>
+              <w:t>10.4.1.4 Orta Çağ koro müziği için bestelenmiş eserleri seslendirir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Teknik Uygulama Sorumluluğu açıklanır.</w:t>
-[...4 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
@@ -3863,119 +3751,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar Planı Uygulamaları</w:t>
+              <w:t>Koro Müziğinde Dönemler I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>4.     Teknik uygulama sorumluluğu</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1. Dönem 2. Sınav Teknik uygulama sorumluluğu TUS dosyası hazırlar.</w:t>
+              <w:t>10.4.2.1 Rönesans müziğinin genel özelliklerini açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Teknik Uygulama Sorumluluğu açıklanır.</w:t>
-[...4 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Enerji Tasarrufu Haftası</w:t>
             </w:r>
           </w:p>
@@ -4657,121 +4539,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Kentsel Dönüşüm İşlemleri</w:t>
+              <w:t>Koro Müziğinde Dönemler I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.   Kentsel dönüşüm alanlarını belirleme</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Afet     Riski     Altındaki     Alanların     Dönüştürülmesi Hakkında   Kanuna   uygun   olarak   kentsel   dönüşüm işlemlerini açıklar.</w:t>
+              <w:t>10.4.2.2 Rönesans müziğinin terim ve kavramlarını açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Kentsel dönüşüm mevzuatı açıklanır.</w:t>
-[...6 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
@@ -4862,121 +4736,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Kentsel Dönüşüm İşlemleri</w:t>
+              <w:t>Koro Müziğinde Dönemler I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.   Kentsel dönüşüm alanlarını belirleme</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Afet     Riski     Altındaki     Alanların     Dönüştürülmesi Hakkında   Kanuna   uygun   olarak   kentsel   dönüşüm işlemlerini açıklar.</w:t>
+              <w:t>10.4.2.3 Rönesans koro müziği bestecilerini ayırt eder.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Kentsel dönüşüm mevzuatı açıklanır.</w:t>
-[...6 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
@@ -5067,121 +4933,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Kentsel Dönüşüm İşlemleri</w:t>
+              <w:t>Koro Müziğinde Dönemler I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.   Kentsel dönüşüm alanlarını belirleme</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Afet     Riski     Altındaki     Alanların     Dönüştürülmesi Hakkında   Kanuna   uygun   olarak   kentsel   dönüşüm işlemlerini açıklar.</w:t>
+              <w:t>10.4.2.4 Rönesans koro müziği için bestelenmiş eserleri seslendirir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Kentsel dönüşüm mevzuatı açıklanır.</w:t>
-[...6 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
@@ -5272,121 +5130,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Kentsel Dönüşüm İşlemleri</w:t>
+              <w:t>Koro Müziğinde Dönemler I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.   Proje hazırlıkları</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Afet     Riski     Altındaki     Alanların     Dönüştürülmesi Hakkında   Kanuna   uygun   olarak   proje   hazırlıkları yapar.</w:t>
+              <w:t>10.4.3.1 Barok müziğinin genel özelliklerini açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Kentsel dönüşüm proje alanına uygun modeli belirleme işlemleri açıklanır.</w:t>
-[...6 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Vergi Haftası Yeşilay Haftası</w:t>
             </w:r>
           </w:p>
@@ -5477,121 +5327,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Kentsel Dönüşüm İşlemleri</w:t>
+              <w:t>Eser Uygulamaları I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.   Proje hazırlıkları</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Afet     Riski     Altındaki     Alanların     Dönüştürülmesi Hakkında   Kanuna   uygun   olarak   proje   hazırlıkları yapar.</w:t>
+              <w:t>10.5.1.1 Çok sesli eserlerin ölçü sayısını söyler.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Kentsel dönüşüm proje alanına uygun modeli belirleme işlemleri açıklanır.</w:t>
-[...6 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Girişimcilik Haftası</w:t>
             </w:r>
           </w:p>
@@ -5682,121 +5524,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Kentsel Dönüşüm İşlemleri</w:t>
+              <w:t>Eser Uygulamaları I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.   Proje hazırlıkları</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Afet     Riski     Altındaki     Alanların     Dönüştürülmesi Hakkında   Kanuna   uygun   olarak   proje   hazırlıkları yapar.</w:t>
+              <w:t>10.5.1.1 Çok sesli eserlerin ölçü sayısını söyler.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Kentsel dönüşüm proje alanına uygun modeli belirleme işlemleri açıklanır.</w:t>
-[...6 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Bilim ve Teknoloji Haftası İstiklâl Marşının Kabulü ve Mehmet Akif Ersoyu Anma Günü</w:t>
             </w:r>
           </w:p>
@@ -6084,117 +5918,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Kentsel Dönüşüm İşlemleri</w:t>
+              <w:t>Eser Uygulamaları I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.   Proje uygulamaları</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Afet     Riski     Altındaki     Alanların     Dönüştürülmesi Hakkında  Kanuna  uygun  olarak  proje  uygulamalarını yapar.</w:t>
+              <w:t>10.5.1.2 Çok sesli eserlerin tonunu söyler.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Kentsel   dönüşümü   yapılacak    taşınmazların   değer tespitinin yapılması açıklanır.</w:t>
-[...2 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Orman Haftası Dünya Tiyatrolar Günü</w:t>
             </w:r>
           </w:p>
@@ -6285,117 +6115,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Kentsel Dönüşüm İşlemleri</w:t>
+              <w:t>Eser Uygulamaları I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.   Proje uygulamaları</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Afet     Riski     Altındaki     Alanların     Dönüştürülmesi Hakkında  Kanuna  uygun  olarak  proje  uygulamalarını yapar.</w:t>
+              <w:t>10.5.1.2 Çok sesli eserlerin tonunu söyler.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Kentsel   dönüşümü   yapılacak    taşınmazların   değer tespitinin yapılması açıklanır.</w:t>
-[...2 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Kütüphaneler Haftası Kanser Haftası Dünya Otizm Farkındalık Günü</w:t>
             </w:r>
           </w:p>
@@ -6486,117 +6312,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Kentsel Dönüşüm İşlemleri</w:t>
+              <w:t>Eser Uygulamaları I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.   Proje uygulamaları</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2. Dönem 1. Sınav Afet     Riski     Altındaki     Alanların     Dönüştürülmesi Hakkında  Kanuna  uygun  olarak  proje  uygulamalarını yapar.</w:t>
+              <w:t>10.5.1.3 Çok sesli eserleri artikülasyona uygun seslendirir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Kentsel   dönüşümü   yapılacak    taşınmazların   değer tespitinin yapılması açıklanır.</w:t>
-[...2 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Kanser Haftası Dünya Sağlık GününDünya Sağlık Haftası Kişisel Verileri Koruma Günü</w:t>
             </w:r>
           </w:p>
@@ -6687,121 +6509,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Arazi Toplulaştırması</w:t>
+              <w:t>Eser Uygulamaları I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  Ön etüd çalışması</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Toprak  Koruma  ve  Arazi  Kullanımı  Kanununa  uygun olarak ön etüd çalışmalarını açıklar.</w:t>
+              <w:t>10.5.1.3 Çok sesli eserleri artikülasyona uygun seslendirir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Arazi toplulaştırmasının faydaları açıklanır</w:t>
-[...6 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Turizm Haftası</w:t>
             </w:r>
           </w:p>
@@ -6892,121 +6706,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Arazi Toplulaştırması</w:t>
+              <w:t>Eser Uygulamaları I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  Ön etüd çalışması</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Toprak  Koruma  ve  Arazi  Kullanımı  Kanununa  uygun olarak ön etüd çalışmalarını açıklar.</w:t>
+              <w:t>10.5.1.4 Çok sesli eserleri entonasyona uygun seslendirir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Arazi toplulaştırmasının faydaları açıklanır</w:t>
-[...6 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Ulusal Egemenlik ve Çocuk Bayramı</w:t>
             </w:r>
           </w:p>
@@ -7097,121 +6903,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Arazi Toplulaştırması</w:t>
+              <w:t>Eser Uygulamaları I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>1.  Ön etüd çalışması</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Toprak  Koruma  ve  Arazi  Kullanımı  Kanununa  uygun olarak ön etüd çalışmalarını açıklar.</w:t>
+              <w:t>10.5.1.4 Çok sesli eserleri entonasyona uygun seslendirir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Arazi toplulaştırmasının faydaları açıklanır</w:t>
-[...6 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Kûtül Amâre Zaferi</w:t>
             </w:r>
           </w:p>
@@ -7302,121 +7100,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Arazi Toplulaştırması</w:t>
+              <w:t>Eser Uygulamaları I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Planlama</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Toprak  Koruma  ve  Arazi  Kullanımı  Kanununa  uygun olarak planlama çalışmalarını açıklar.</w:t>
+              <w:t>10.5.1.5 Çok sesli eserlerin müzikal dinamiklerine uygun solfejini yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Toplulaştırma alanının ilanını ve tapu kütüğüne şerhinin niçin yapıldığı izah edilir.</w:t>
-[...6 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Bilişim Haftası Trafik ve İlkyardım Haftası İş Sağlığı ve Güvenliği Haftası</w:t>
             </w:r>
           </w:p>
@@ -7507,121 +7297,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Arazi Toplulaştırması</w:t>
+              <w:t>Eser Uygulamaları I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Planlama</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Toprak  Koruma  ve  Arazi  Kullanımı  Kanununa  uygun olarak planlama çalışmalarını açıklar.</w:t>
+              <w:t>10.5.1.5 Çok sesli eserlerin müzikal dinamiklerine uygun solfejini yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Toplulaştırma alanının ilanını ve tapu kütüğüne şerhinin niçin yapıldığı izah edilir.</w:t>
-[...6 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Engelliler Haftası Vakıflar Haftası</w:t>
             </w:r>
           </w:p>
@@ -7712,121 +7494,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Arazi Toplulaştırması</w:t>
+              <w:t>Eser Uygulamaları I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2.  Planlama</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Toprak  Koruma  ve  Arazi  Kullanımı  Kanununa  uygun olarak planlama çalışmalarını açıklar.</w:t>
+              <w:t>10.5.1.6 Çok sesli eserleri müzikal dinamiklere uygun yorumlar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Toplulaştırma alanının ilanını ve tapu kütüğüne şerhinin niçin yapıldığı izah edilir.</w:t>
-[...6 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Müzeler Haftası Atatürkü Anma ve Gençlik ve Spor Bayramı</w:t>
             </w:r>
           </w:p>
@@ -7917,119 +7691,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Arazi Toplulaştırması</w:t>
+              <w:t>Eser Uygulamaları I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.  Projelendirme</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Toprak  Koruma  ve  Arazi  Kullanımı  Kanununa  uygun olarak planlama projelendirme çalışmalarını açıklar.</w:t>
+              <w:t>10.5.1.6 Çok sesli eserleri müzikal dinamiklere uygun yorumlar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Mülakat formlarının nasıl düzenleneceği açıklanır.</w:t>
-[...4 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Etik Günü İstanbulun Fethi</w:t>
             </w:r>
           </w:p>
@@ -8120,119 +7888,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Arazi Toplulaştırması</w:t>
+              <w:t>Eser Uygulamaları I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.  Projelendirme</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>2. Dönem 2. Sınav Toprak  Koruma  ve  Arazi  Kullanımı  Kanununa  uygun olarak planlama projelendirme çalışmalarını açıklar.</w:t>
+              <w:t>10.5.1.7 Çok sesli eserleri dönem özelliklerine uygun yorumlar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Mülakat formlarının nasıl düzenleneceği açıklanır.</w:t>
-[...4 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Etik Günü Hayat Boyu Öğrenme Haftası</w:t>
             </w:r>
           </w:p>
@@ -8323,119 +8085,113 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Arazi Toplulaştırması</w:t>
+              <w:t>Eser Uygulamaları I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>3.  Projelendirme</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Toprak  Koruma  ve  Arazi  Kullanımı  Kanununa  uygun olarak planlama projelendirme çalışmalarını açıklar.</w:t>
+              <w:t>10.5.1.7 Çok sesli eserleri dönem özelliklerine uygun yorumlar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>      Mülakat formlarının nasıl düzenleneceği açıklanır.</w:t>
-[...4 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Etik Günü Çevre ve İklim Değişikliği Haftası</w:t>
             </w:r>
           </w:p>
@@ -8526,114 +8282,114 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00DA2AA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Genel Tekrar</w:t>
+              <w:t>Eser Uygulamaları I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Genel Tekrar</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Genel Tekrar</w:t>
+              <w:t>10.5.1.7 Çok sesli eserleri dönem özelliklerine uygun yorumlar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="00262F51">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Genel Tekrar</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C60E81" w:rsidRPr="00C60E81" w:rsidRDefault="00C60E81" w:rsidP="002522F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C60E81">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Etik Günü</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8942,51 +8698,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002F03ED" w:rsidRPr="00AB5726" w:rsidRDefault="00AB5726" w:rsidP="007E0F75">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB5726">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ortam Sınıf ve arazi ortamıDonanım Etkileşimli tahta  projeksiyon trigonometrik fonksiyonlu hesap makinesi total station ve reflektör sağlanmalıdır.</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB5726" w:rsidTr="00AB5726">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB5726" w:rsidRPr="002F03ED" w:rsidRDefault="00AB5726" w:rsidP="00175F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
@@ -9003,51 +8759,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB5726" w:rsidRPr="00AB5726" w:rsidRDefault="00AB5726" w:rsidP="00AB5726">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Ortam Sınıf ve arazi ortamıDonanım Etkileşimli tahta  projeksiyon trigonometrik fonksiyonlu hesap makinesi total station ve reflektör sağlanmalıdır.</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F03ED" w:rsidTr="00AB5726">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002F03ED" w:rsidRDefault="002F03ED" w:rsidP="00175F6A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
@@ -9062,51 +8818,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="002F03ED" w:rsidRPr="00AB5726" w:rsidRDefault="002F03ED" w:rsidP="00AB5726">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB5726">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Bu     derste     öğrenci    performansı    belirlemeye     yönelik     çalışmalar değerlendirilirken   gözlem   formu   derecelendirme   ölçeği   ve   dereceli puanlama   anahtarı   gibi   ölçme   araçlarından   uygun   olanlar   seçilerek kullanılabilir.  Bunun  yanında  öz  değerlendirme  ve  akran  değerlendirme formları  kullanılarak  öğrencilerin  öğretimin  süreç  boyutuna  katılmaları sağlanabilir.</w:t>
+              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB5726" w:rsidTr="00AB5726">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB5726" w:rsidRPr="002F03ED" w:rsidRDefault="00AB5726" w:rsidP="00AB5726">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
@@ -9245,56 +9001,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB5726" w:rsidRDefault="00AB5726" w:rsidP="00AB5726">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>İmar Planı Uygulamaları 1.   İmar planı hazırlık çalışmaları yapma2.   Arazi ve arsa düzenlemesi yapma3.   Yapılara ilişkin çalışmalar yapma4.   Teknik uygulama sorumluluğu TUS dosyası hazırlama</w:t>
-[...4 lines deleted...]
-              <w:br/>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB5726" w:rsidTr="00175F6A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="16160" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00AB5726" w:rsidRDefault="00AB5726" w:rsidP="00AB5726">
@@ -9757,51 +9507,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="00CE7F5F" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE7F5F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>30.01.2026</w:t>
+              <w:t>17.03.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="007E0F75" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E0F75">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> UYGUNDUR</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EE1E82" w:rsidRPr="00CE7F5F" w:rsidRDefault="00EE1E82" w:rsidP="00EE1E82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>